--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -1,9700 +1,8921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="71E95904" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="29"/>
         <w:ind w:right="117"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5A1BB45A" wp14:editId="73E2BF1A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>3415347</wp:posOffset>
+                  <wp:posOffset>3410585</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>246697</wp:posOffset>
+                  <wp:posOffset>241935</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3118485" cy="7050405"/>
+                <wp:extent cx="3128010" cy="7059930"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="124" name="Rectangle 124"/>
+                <wp:docPr id="133" name="Rectangle 133"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="3791520" y="259560"/>
                           <a:ext cx="3108960" cy="7040880"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="295C05E3" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                             <w:pPr>
                               <w:spacing w:before="2"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4A5A972D" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
                             <w:pPr>
-                              <w:ind w:left="1164" w:firstLine="1164"/>
+                              <w:ind w:left="1164" w:firstLine="2328"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Staff Authorization and Access</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Version</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...41 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3410585</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>241935</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3128010" cy="7059930"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="133" name="image2.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image2.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3128010" cy="7059930"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5CCA438D" wp14:editId="568E62D8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>194310</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>243205</wp:posOffset>
+                  <wp:posOffset>243204</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7383780" cy="9563735"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="109" name="Group 109"/>
+                <wp:docPr id="140" name="Group 140"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7383780" cy="9563735"/>
-                          <a:chOff x="1654110" y="0"/>
-                          <a:chExt cx="7383780" cy="7560000"/>
+                          <a:chOff x="1654100" y="0"/>
+                          <a:chExt cx="7383800" cy="7560000"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvPr id="1" name="Group 1"/>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
                             <a:off x="1654110" y="0"/>
                             <a:ext cx="7383780" cy="7560000"/>
-                            <a:chOff x="306" y="383"/>
-                            <a:chExt cx="11628" cy="15061"/>
+                            <a:chOff x="1654110" y="0"/>
+                            <a:chExt cx="7383780" cy="7560000"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
                           <wps:cNvPr id="2" name="Rectangle 2"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="306" y="383"/>
-                              <a:ext cx="11625" cy="15050"/>
+                              <a:off x="1654110" y="0"/>
+                              <a:ext cx="7383775" cy="7560000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="47159653" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                                 <w:pPr>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
-                        <wps:wsp>
-[...118 lines deleted...]
-                        </wps:wsp>
                         <wpg:grpSp>
-                          <wpg:cNvPr id="6" name="Group 6"/>
+                          <wpg:cNvPr id="3" name="Group 3"/>
                           <wpg:cNvGrpSpPr/>
                           <wpg:grpSpPr>
                             <a:xfrm>
-                              <a:off x="306" y="396"/>
-[...2 lines deleted...]
-                              <a:chExt cx="11628" cy="15048"/>
+                              <a:off x="1654110" y="0"/>
+                              <a:ext cx="7383780" cy="7560000"/>
+                              <a:chOff x="306" y="383"/>
+                              <a:chExt cx="11628" cy="15061"/>
                             </a:xfrm>
                           </wpg:grpSpPr>
                           <wps:wsp>
-                            <wps:cNvPr id="7" name="Freeform 7"/>
+                            <wps:cNvPr id="4" name="Rectangle 4"/>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
-                                <a:off x="2326" y="14520"/>
-                                <a:ext cx="2" cy="332"/>
+                                <a:off x="306" y="383"/>
+                                <a:ext cx="11625" cy="15050"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+                                  <w:pPr>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="5" name="Freeform 5"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="10282" y="1195"/>
+                                <a:ext cx="634" cy="2"/>
                               </a:xfrm>
                               <a:custGeom>
                                 <a:avLst/>
                                 <a:gdLst/>
                                 <a:ahLst/>
                                 <a:cxnLst/>
                                 <a:rect l="l" t="t" r="r" b="b"/>
                                 <a:pathLst>
-                                  <a:path w="120000" h="332" extrusionOk="0">
+                                  <a:path w="634" h="120000" extrusionOk="0">
                                     <a:moveTo>
                                       <a:pt x="0" y="0"/>
                                     </a:moveTo>
                                     <a:lnTo>
-                                      <a:pt x="0" y="331"/>
+                                      <a:pt x="633" y="0"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:noFill/>
                               <a:ln w="28700" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="818181"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
-                                <a:headEnd type="none" w="med" len="med"/>
-                                <a:tailEnd type="none" w="med" len="med"/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
-                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...178 lines deleted...]
-                          </wpg:grpSpPr>
                           <wps:wsp>
-                            <wps:cNvPr id="13" name="Freeform 13"/>
+                            <wps:cNvPr id="6" name="Freeform 6"/>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
-                                <a:off x="5569" y="10930"/>
-                                <a:ext cx="4529" cy="187"/>
+                                <a:off x="1310" y="1195"/>
+                                <a:ext cx="4076" cy="2"/>
                               </a:xfrm>
                               <a:custGeom>
                                 <a:avLst/>
                                 <a:gdLst/>
                                 <a:ahLst/>
                                 <a:cxnLst/>
                                 <a:rect l="l" t="t" r="r" b="b"/>
                                 <a:pathLst>
-                                  <a:path w="4529" h="187" extrusionOk="0">
+                                  <a:path w="4076" h="120000" extrusionOk="0">
                                     <a:moveTo>
                                       <a:pt x="0" y="0"/>
                                     </a:moveTo>
                                     <a:lnTo>
-                                      <a:pt x="4529" y="0"/>
+                                      <a:pt x="4076" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="28700" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="818181"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="7" name="Freeform 7"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1332" y="14520"/>
+                                <a:ext cx="9576" cy="2"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="9576" h="120000" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="9576" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="28700" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="818181"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wpg:grpSp>
+                            <wpg:cNvPr id="8" name="Group 8"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="306" y="396"/>
+                                <a:ext cx="11628" cy="15048"/>
+                                <a:chOff x="306" y="396"/>
+                                <a:chExt cx="11628" cy="15048"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="9" name="Freeform 9"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="2326" y="14520"/>
+                                  <a:ext cx="2" cy="332"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="120000" h="332" extrusionOk="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="331"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:noFill/>
+                                <a:ln w="28700" cap="flat" cmpd="sng">
+                                  <a:solidFill>
+                                    <a:srgbClr val="818181"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                  <a:round/>
+                                  <a:headEnd type="none" w="sm" len="sm"/>
+                                  <a:tailEnd type="none" w="sm" len="sm"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="38" name="Shape 38"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill rotWithShape="1">
+                                <a:blip r:embed="rId10">
+                                  <a:alphaModFix/>
+                                </a:blip>
+                                <a:srcRect/>
+                                <a:stretch/>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="306" y="396"/>
+                                  <a:ext cx="11628" cy="15048"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln>
+                                  <a:noFill/>
+                                </a:ln>
+                              </pic:spPr>
+                            </pic:pic>
+                          </wpg:grpSp>
+                          <wps:wsp>
+                            <wps:cNvPr id="10" name="Freeform 10"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="5386" y="396"/>
+                                <a:ext cx="4896" cy="11088"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="4896" h="11088" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="4896" y="0"/>
                                     </a:lnTo>
                                     <a:lnTo>
-                                      <a:pt x="4529" y="187"/>
+                                      <a:pt x="4896" y="11088"/>
                                     </a:lnTo>
                                     <a:lnTo>
-                                      <a:pt x="0" y="187"/>
+                                      <a:pt x="0" y="11088"/>
                                     </a:lnTo>
                                     <a:lnTo>
                                       <a:pt x="0" y="0"/>
                                     </a:lnTo>
                                     <a:close/>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:solidFill>
-                                <a:srgbClr val="AD0101"/>
+                                <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
-                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...11 lines deleted...]
-                            <pic:spPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="11" name="Freeform 11"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
                               <a:xfrm>
-                                <a:off x="1440" y="2218"/>
-                                <a:ext cx="7903" cy="2980"/>
+                                <a:off x="5386" y="396"/>
+                                <a:ext cx="4896" cy="11088"/>
                               </a:xfrm>
-                              <a:prstGeom prst="rect">
+                              <a:custGeom>
                                 <a:avLst/>
-                              </a:prstGeom>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="4896" h="11088" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="4896" y="0"/>
+                                    </a:lnTo>
+                                    <a:lnTo>
+                                      <a:pt x="4896" y="11088"/>
+                                    </a:lnTo>
+                                    <a:lnTo>
+                                      <a:pt x="0" y="11088"/>
+                                    </a:lnTo>
+                                    <a:lnTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:lnTo>
+                                    <a:close/>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
                               <a:noFill/>
+                              <a:ln w="15875" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="6C6C73"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="12" name="Freeform 12"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="5569" y="396"/>
+                                <a:ext cx="4529" cy="4752"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="4529" h="4752" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="4529" y="0"/>
+                                    </a:lnTo>
+                                    <a:lnTo>
+                                      <a:pt x="4529" y="4752"/>
+                                    </a:lnTo>
+                                    <a:lnTo>
+                                      <a:pt x="0" y="4752"/>
+                                    </a:lnTo>
+                                    <a:lnTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:lnTo>
+                                    <a:close/>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="2C2C2C"/>
+                              </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                            </pic:spPr>
-                          </pic:pic>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wpg:grpSp>
+                            <wpg:cNvPr id="13" name="Group 13"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="1440" y="2218"/>
+                                <a:ext cx="8658" cy="8899"/>
+                                <a:chOff x="1440" y="2218"/>
+                                <a:chExt cx="8658" cy="8899"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="14" name="Freeform 14"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="5569" y="10930"/>
+                                  <a:ext cx="4529" cy="187"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="4529" h="187" extrusionOk="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="4529" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="4529" y="187"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="187"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="AD0101"/>
+                                </a:solidFill>
+                                <a:ln>
+                                  <a:noFill/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="44" name="Shape 44"/>
+                                <pic:cNvPicPr preferRelativeResize="0"/>
+                              </pic:nvPicPr>
+                              <pic:blipFill rotWithShape="1">
+                                <a:blip r:embed="rId11">
+                                  <a:alphaModFix/>
+                                </a:blip>
+                                <a:srcRect/>
+                                <a:stretch/>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="1440" y="2218"/>
+                                  <a:ext cx="7903" cy="2980"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln>
+                                  <a:noFill/>
+                                </a:ln>
+                              </pic:spPr>
+                            </pic:pic>
+                          </wpg:grpSp>
                         </wpg:grpSp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...71 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>194310</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>243204</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7383780" cy="9563735"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="140" name="image9.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image9.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7383780" cy="9563735"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2008D6AE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E209E2A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="146079A4" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54274DE3" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02E3D7FB" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E17BD7" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A58E822" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FCE4907" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D461DE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39BB50B3" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6213AEB4" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28221AC4" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F698FD8" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FC0259D" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="196FD134" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71B97135" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7238FCBB" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F448327" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52683453" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="167" w:line="275" w:lineRule="auto"/>
         <w:ind w:left="3996" w:right="1637"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="AD0101"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="AD0101"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">Staff Authorization and Access </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02AC4719" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRPr="00460D03" w:rsidRDefault="0052263D" w:rsidP="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="auto"/>
         <w:ind w:left="3996" w:right="1637"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="AD0101"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="18"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00460D03">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="AD0101"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">(Version </w:t>
       </w:r>
-      <w:r w:rsidR="0039671C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="AD0101"/>
-          <w:szCs w:val="24"/>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="00460D03">
+        </w:rPr>
+        <w:t>8.0 –August 8, 2025</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="AD0101"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26302F9F" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="3960" w:right="590"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="219FC0AE" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="3960" w:right="590"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08AF9C7F" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="3960" w:right="590"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Maryland Longitudinal Data System Center</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541359FA" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="239" w:lineRule="auto"/>
         <w:ind w:left="3960" w:right="1490"/>
         <w:rPr>
           <w:color w:val="D26900"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13">
-        <w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="005D04C6">
           <w:rPr>
             <w:color w:val="D26900"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.MLDSCenter.Maryland.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:color w:val="D26900"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidR="005D04C6">
           <w:rPr>
             <w:color w:val="D26900"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15">
-        <w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="005D04C6">
           <w:rPr>
             <w:color w:val="D26900"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>MLDS.Center@Maryland.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="056F9B40" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="239" w:lineRule="auto"/>
         <w:ind w:left="3960" w:right="1490"/>
         <w:rPr>
           <w:color w:val="D26900"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A3880B" w14:textId="77777777" w:rsidR="00460D03" w:rsidRPr="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="239" w:lineRule="auto"/>
         <w:ind w:left="3960" w:right="1490"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00460D03">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Ross Goldstein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA6E4C4" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="00460D03">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="239" w:lineRule="auto"/>
         <w:ind w:left="3960" w:right="1490"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00460D03">
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Executive Director</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="D26900"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A2F3B7" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00460D03" w:rsidP="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="auto"/>
         <w:ind w:left="3996" w:right="1637"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="446C9C61" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15B81A78" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52DC3047" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="643506F5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6158C5CF" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A98A1D" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7424544C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30C2D8AD" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DFF426F" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A47126" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33956398" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="19"/>
         <w:ind w:left="5280"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A5431B">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId21"/>
+        <w:sectPr w:rsidR="008B6122">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="760" w:right="1560" w:bottom="280" w:left="1720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051A9F2E" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69595CD5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="244B4F44" w14:textId="77777777" w:rsidR="00A924F9" w:rsidRPr="00A924F9" w:rsidRDefault="00A924F9">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A924F9">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Table of Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782CAF27" w14:textId="77777777" w:rsidR="00460D03" w:rsidRDefault="00A924F9">
-[...729 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId23"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1336455009"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \h \u \z \t "Heading 1,1,"</w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_heading=h.vpq8pwhkoyln">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.nq2hfjfjk5fa">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Legal Requirements</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.taw9l5chf1wi">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Procedure</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:bookmarkStart w:id="0" w:name="_heading=h.ytlp3r51nqed" w:colFirst="0" w:colLast="0"/>
+        <w:bookmarkEnd w:id="0"/>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> HYPERLINK \l "_heading=h.9xwsodlbsqmw" \h </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Rules of Security Behavior for Authorized Staff of the MLDS Center</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:tab/>
+            <w:t>4</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.c2occ92bjvah">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Policy for Conducting Criminal History Background Investigation</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.d5sh9haqik7e">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Required Security and Privacy Training for MLDS Center Staff</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.ytlwrqxxzkxs">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Acknowledgement of Receipt and Review of Required Documents</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.d9ojl05ggmor">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Maryland Department of Labor - Confidentiality Certification Form (Appendix B)</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.vgtd4qwxohoq">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>User Access Form</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>13</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
+          <w:pPr>
+            <w:pBdr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+              <w:between w:val="nil"/>
+            </w:pBdr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9850"/>
+            </w:tabs>
+            <w:spacing w:before="139"/>
+            <w:ind w:left="260"/>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.oqpprqwojdmj">
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Authorization</w:t>
+            </w:r>
+            <w:r w:rsidR="005D04C6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>15</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+          <w:pPr>
+            <w:rPr>
+              <w:color w:val="0000FF"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:sectPr w:rsidR="008B6122">
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B69BD0" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="41"/>
           <w:szCs w:val="41"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D847A3D" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
+        <w:ind w:firstLine="260"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.vpq8pwhkoyln" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Overview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0E5263C9" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="50" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="260" w:right="255"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>This document provides the procedures and forms for staff authorization and access to the Maryland Longitudinal Data System. The document also outlines the required rules of security behavior to ensure the security and privacy of the data in the system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CABF9C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B"/>
-    <w:p w14:paraId="42256FE1" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3141EB06" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
+        <w:ind w:firstLine="260"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc145500343"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.nq2hfjfjk5fa" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Legal Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="48E20851" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="52"/>
         <w:ind w:left="620"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1.   Ed. Art. § 24-703 (g)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2265DBAD" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38A943EE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1525"/>
         </w:tabs>
         <w:ind w:right="255" w:firstLine="152"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Direct access to data in the Maryland Longitudinal Data System shall be restricted to authorized staff of the Center.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509FD142" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1575"/>
         </w:tabs>
         <w:ind w:right="255" w:firstLine="202"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The  Center  may  only  use  de–identified  data  in  the  analysis,  research,  and  reporting conducted by the Center.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2BBBFA" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1525"/>
         </w:tabs>
         <w:ind w:right="255" w:firstLine="150"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The Center may only use aggregate data in the release of data in reports and in response to data requests.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED727FC" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1525"/>
         </w:tabs>
         <w:ind w:right="255" w:firstLine="150"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Data that may be identifiable based on the size or uniqueness of the population under consideration may not be reported in any form by the Center.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F25B0EE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1524"/>
         </w:tabs>
         <w:ind w:right="255" w:firstLine="150"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The Center may not release information that may not be disclosed under the federal Family Educational Rights and Privacy Act and other relevant privacy laws and policies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1401981E" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C3581E7" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="6671"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.   COMAR 14.36.06.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC54DF0" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B4BD3EA" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="255"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>01  Authorized</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> staff include State employees and individuals authorized by the Executive Director. The executive director may only authorize individuals to serve as staff of the Center who are necessary to carry out the mission of the Center. The number of authorized staff shall be restricted in number for the purpose of maintaining control over access to the system. Generally, authorized staff are researchers and information technology experts and technicians.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570DAF25" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1311"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="321"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>02  Requires</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> staff to have a State and federal criminal history background check within 5 business days of starting as staff of the Center. An individual is deemed to have an unsatisfactory criminal history background if the individual has been convicted of a felony of any nature or, within the last 10 years, has been convicted of a crime that qualifies as an infamous crime under Maryland law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4304F116" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1359"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="269"/>
-        <w:sectPr w:rsidR="00A5431B">
+        <w:sectPr w:rsidR="008B6122">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>03  Requires</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...16 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff to comply with rules of security behavior, receive and review the MLDS Data Security and Safeguarding Plan, and periodically take security and privacy training classes. The executive director shall remove staff member’s access for failure to comply with these requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B58EFE6" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DF8418A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="007E79FB">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.taw9l5chf1wi" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Procedure</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="47F7360E" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71E198A4" w14:textId="77777777" w:rsidR="007E79FB" w:rsidRDefault="007E79FB" w:rsidP="007E79FB">
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:r>
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Note:  </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...24 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+        <w:t xml:space="preserve">All signatures will be collected electronically using DocuSign.  Accordingly, you will need to provide all required information on this form and then email it </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unsigned</w:t>
       </w:r>
-      <w:r w:rsidR="00287E9F">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="004C638D">
+      <w:r>
+        <w:t xml:space="preserve"> to Aiyana Green-Odle (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Jamese.Dixon-Bobbitt@maryland.gov</w:t>
+          <w:t>Aiyana.GreenOdle@maryland.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">).  She will review the form to ensure that it is complete and then circulate it to you and the other required signatories. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A9B872" w14:textId="77777777" w:rsidR="007E79FB" w:rsidRDefault="007E79FB" w:rsidP="007E79FB">
-[...6 lines deleted...]
-    <w:p w14:paraId="6815EAC4" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRPr="007E79FB" w:rsidRDefault="007E79FB" w:rsidP="007E79FB">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:t>Provide Applicant Information</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Provide Applicant Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a2"/>
+        <w:tblW w:w="8955" w:type="dxa"/>
         <w:tblInd w:w="895" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="6705"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00760983" w14:paraId="470236DF" w14:textId="77777777" w:rsidTr="00760983">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2DCDB"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDC5D10" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983" w:rsidP="000A4B72">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760983">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidR="00DA0934">
+            <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
                 <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
-            <w:r w:rsidR="000A4B72">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEAEBF4" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="326AD1DF" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760983" w14:paraId="4F861565" w14:textId="77777777" w:rsidTr="00760983">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2DCDB"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFFE134" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760983">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Affiliation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056F59B7" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BD18272" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760983" w14:paraId="0B9632FC" w14:textId="77777777" w:rsidTr="00760983">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2DCDB"/>
           </w:tcPr>
-          <w:p w14:paraId="65EFB68E" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760983">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="383B50E2" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="569ACC23" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760983" w14:paraId="22A8ADE1" w14:textId="77777777" w:rsidTr="00760983">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2DCDB"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2E9FFA" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760983">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>City, State Zip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43BBF6AA" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CF29E1E" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760983" w14:paraId="6B98C7F9" w14:textId="77777777" w:rsidTr="00760983">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2DCDB"/>
           </w:tcPr>
-          <w:p w14:paraId="3C23676E" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760983">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3543C6DF" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04311FAC" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760983" w14:paraId="526FA2AA" w14:textId="77777777" w:rsidTr="00760983">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2DCDB"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3C8807" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760983">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="303B5607" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F600A14" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="00760983" w:rsidRDefault="00760983">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="9"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FC04846" w14:textId="77777777" w:rsidR="00D74070" w:rsidRDefault="00D74070">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EA16A37" w14:textId="77777777" w:rsidR="00287E9F" w:rsidRPr="00287E9F" w:rsidRDefault="00287E9F">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="01749015" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRPr="004B3DD9" w:rsidRDefault="0052263D" w:rsidP="00DA0934">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Required Steps</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:before="56" w:after="240"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="004B3DD9">
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review and sign the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Rules of Security Behavior</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC82FC5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00DA0934">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Review </w:t>
       </w:r>
-      <w:r w:rsidR="007E79FB" w:rsidRPr="004B3DD9">
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="6DDD96F8" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRPr="00287E9F" w:rsidRDefault="00287E9F" w:rsidP="00DA0934">
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Policy for Conducting Criminal History Background Investigations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Complete the Background Investigation (not required for view only access)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Complete r</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="68F59DF4" w14:textId="77777777" w:rsidR="00287E9F" w:rsidRDefault="00287E9F" w:rsidP="00DA0934">
+        <w:t>Complete required Security Training for MLDS Center Staff (not required for view only access)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Complete required FERPA Training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B98F34" w14:textId="77777777" w:rsidR="00287E9F" w:rsidRDefault="00917139" w:rsidP="00DA0934">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the </w:t>
       </w:r>
-      <w:r w:rsidR="0052263D" w:rsidRPr="004B3DD9">
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...28 lines deleted...]
-      <w:r w:rsidR="00287E9F">
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Acknowledgement of Receipt and Review of Required Documents</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (not required for view only access)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B79781" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00DA0934">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Review and Sign – </w:t>
       </w:r>
-      <w:r w:rsidR="00952701" w:rsidRPr="004B3DD9">
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="3C3C12FE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00DA0934">
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Department of Labor Confidentiality Certification Form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Appendix B) (not required for view only access)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete and Sign – </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3DD9">
+      <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>User Access Form</w:t>
       </w:r>
-      <w:r w:rsidR="00287E9F">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (not required for view only access)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B18006" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00DA0934">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:hanging="360"/>
-        <w:sectPr w:rsidR="00A5431B">
+        <w:sectPr w:rsidR="008B6122">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Final Authorization Approval</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8959A6" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7340E542" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BA7F869" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.9xwsodlbsqmw" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Rules of Security Behavior for Authorized Staff of the MLDS Center</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="15F1891F" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E262DD8" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="56"/>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>For purposes of this document:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B9B187" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:ind w:right="1037"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Authorized staff of the Center” includes the following types of individuals regardless of whether they are paid </w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="73DC5DD5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>“Authorized staff of the Center” includes the following types of individuals regardless of whether they are paid by the Center:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>State employees (permanent or contractual) of the MLDS Center;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6808B3C1" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="712"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">A researcher authorized by the Executive Director, pursuant to COMAR 14.36.06, to serve as a MLDS Center staff member for a specified time and duration; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E4EB39" w14:textId="77777777" w:rsidR="00287E9F" w:rsidRPr="00287E9F" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:right="543"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>An information technology contractor or vendor authorized by the Executive Director pursuant to COMAR 14.36.06</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="5920CA10" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00287E9F">
+        <w:t>An information technology contractor or vendor authorized by the Executive Director pursuant to COMAR 14.36.06; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:right="543"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>A researcher or data analyst from a data sharing partner agency</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="59F4B847" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>A researcher or data analyst from a data sharing partner agency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>“Confidential information” means:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4E6E49" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:right="543"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any information about the data system, including the data dictionary and </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="07E9AEFB" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRPr="007305A7" w:rsidRDefault="007305A7" w:rsidP="007305A7">
+        <w:t>Any information about the data system, including the data dictionary and any documentation with information about database design or schematics that are proprietary or if disclosed could compromise system security;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:right="321"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Any d</w:t>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Any data that contains personally identifiable information,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="0052263D">
-[...21 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de-identified individual records,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="0052263D">
-[...24 lines deleted...]
-    <w:p w14:paraId="2AEA7919" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or aggregate information that may be identifiable based on the size or uniqueness of the population or could foreseeably be combined with other publicly available information to reveal identifiable information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:ind w:right="543" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>“Data System” means all hardware and software that constitutes the Maryland Longitudinal Data System, including the Master Data Management System, the Operational Data Store, the Data Warehouse, virtual machines, and other components.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00348A7B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B"/>
-    <w:p w14:paraId="7AB12E5A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>MLDS Center staff shall:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4C3033" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:before="38"/>
         <w:ind w:right="255"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Comply with the training requirements specified in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="57E20658" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Required Security and Privacy Training for MLDS Center Staff (page 9);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:ind w:right="255"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Review the MLDS Center </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data Security and Safeguarding Plan </w:t>
       </w:r>
       <w:r>
         <w:t>and act in conformity with that plan and documents referenced therein;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151A3484" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:ind w:right="234"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Review MLDS Center data sharing agreements with data sharing partners and act in conformity with the data use, data security and confidentiality requirements established in those agreements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:ind w:left="981" w:right="234" w:hanging="361"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Consistent with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Policy for Conducting Criminal History Background Investigations (page 6)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, submit to all necessary Criminal History Background Investigations and receive authorization before having access to confidential information;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="982"/>
+        </w:tabs>
+        <w:ind w:left="981"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not share passwords or provide unauthorized access to the data system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="982"/>
+        </w:tabs>
+        <w:ind w:left="981"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not disclose any confidential information;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="982"/>
+        </w:tabs>
+        <w:ind w:left="981"/>
+        <w:sectPr w:rsidR="008B6122">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not make written notes about confidential data;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:spacing w:before="56"/>
+        <w:ind w:right="234"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Only access the data system on a computer and network that has been pre-approved by the MLDS Center CIO in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">User Access Form </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and in a manner consistent with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data Security and Safeguarding Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and documents referenced therein;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not download, copy (including a screenshot),  or in any way distribute or use confidential information from the data system</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ensure that all data tables and other information requested for release from the system:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contain only aggregate results from de-identified data;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Have been suppressed consistent with the Center’s requirements; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Have been reviewed and approved for release</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Executive Director, or the Executive Director’s designee;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:ind w:right="255"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Not discuss confidential information with any person other than appropriate MLDS Center staff; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="981"/>
+        </w:tabs>
+        <w:ind w:right="255"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Report  any  actual  or  potential  risk  or  vulnerability  that  may  compromise  the  security  of confidential information to the MLDS Center Executive Director or a Branch Director.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I have read and understand these rules of security behavior and that they are applicable even when my staff appointment with the MLDS Center has concluded. I also understand that violation of any applicable rule:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="908"/>
+        </w:tabs>
+        <w:spacing w:before="197"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Will immediately result in temporary or permanent termination of data system access;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="908"/>
+        </w:tabs>
+        <w:ind w:right="255"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>May give rise to criminal and/or civil penalties under Criminal Law Article §§ 7-203, 7-302 and 8- 301 of the Annotated Code of Maryland, and 20 CFR Part 603, and other State and Federal laws;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="908"/>
+        </w:tabs>
+        <w:ind w:right="255"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>May result in disciplinary action as defined in State Personnel &amp; Pensions Article § 11-104 of the Annotated Code of Maryland; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="908"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Other disciplinary actions as provided under applicable rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:ind w:left="220"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00734BEB" w:rsidRDefault="00734BEB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00734BEB" w:rsidRDefault="00734BEB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Printed Name: ___________________________   Signature: ____________________________ Date: _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B6122">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.c2occ92bjvah" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="810000"/>
+        </w:rPr>
+        <w:t>Policy for Conducting Criminal History Background Investigation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="252"/>
+        <w:ind w:left="0" w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Purpose</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="37"/>
+        <w:ind w:left="260" w:right="236"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The purpose of this policy is to provide a standard for the use and application of Criminal History Background Investigations (CHBI) by the Maryland Longitudinal Data System Center (MLDS Center).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Legal Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="37" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="236"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pursuant to §§ 3-401 through 3-413 and 3-701 through 3-705 of the State Finance and Procurement Article, the Department of Budget and Management Office of Information Technology is required to develop an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Information Technology Security Policy and Standards (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ITSPS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Specifically, section 8.5 of the ITSPS states:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="196"/>
+        <w:ind w:left="979" w:right="236"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Security clearances are required for personnel as determined by the system sensitivity and data classification designation. Agencies will ensure that an appropriate background investigation (e.g., CJIS, State Police) has been completed on personnel as necessary. Agencies will maintain personnel clearance information on file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="259" w:right="239"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>In other words, the ITSPS requires agencies to ensure sufficient security clearance for employees who use systems that are deemed by the agency as sensitive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="259" w:right="234"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1C1C1C"/>
+        </w:rPr>
+        <w:t>The data system is deemed sensitive because the MLDS Center's authorizing statute discusses the need for the Center to provide data security and restrict access to the data to authorized staff of the Center. Md. Code, Ed. Art., §24-703. Section 24-704 also discusses the provisions for protecting privacy and security of the data to be housed by the MLDS Center, and tasks the Governing Board of the Center with developing a detailed data security and safeguarding plan to include standards for authorized access and authentication for authorized access.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="259"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Background</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="36" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rules of Security Behavior </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requires authorized staff and contractors of the MLDS Center to submit to all necessary background checks and receive authorization before having access to sensitive, confidential, or trademark specific information, materials, or equipment. These background checks are necessary to ensure that the MLDS Center is taking necessary and reasonable steps to protect the confidential student and workforce data contained within the Maryland Longitudinal Data System and to ensure compliance with all State and federal confidentiality, privacy and data security laws. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1C1C1C"/>
+        </w:rPr>
+        <w:t>The Maryland Longitudinal Data System Data Security and Safeguarding Plan (Version 2.0, December 13, 2013) contains two provisions relevant to background checks on staff, §2.3.4(b) and §3.2.5.   Specifically, §3.2.5 provides that “The MLDS Center shall screen all employees and contractors before authorizing access to the MLDS, at a minimum a criminal background check will be performed.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="197"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Applicability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="34" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="260" w:right="234"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B6122">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The Data Security and Safeguarding Plan (DSSP) requires a criminal history background investigation on all employees and contractors of the MLDS Center, regardless of job classification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="260" w:right="234"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Executive Director of the MLDS Center shall request a CHBI for all full-time, part-time, permanent, temporary and contract employees of the MLDS Center in accordance with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Data Security and Safeguarding Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. The Executive Director shall request the CHBI after any such employee has accepted an offer of employment, but prior to any such employee accessing the Maryland Longitudinal Data System, in a period not to exceed sixty (60) days from commencement of employment with the MLDS Center.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If the CHBI indicates that the employee or contract employee has been convicted of a felony of any nature or any crime which qualifies as an infamous crime (including treason, felony, perjury, forgery, obstruction of justice and misdemeanors involving dishonesty) under Maryland law, whether felony or misdemeanor occurring within ten (10) years of the date of hire, the employee may be terminated or denied system access.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Privacy Act Statement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:ind w:left="270"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: The FBI’s acquisition, preservation, and exchange of fingerprints and associated information is generally authorized under 28 U.S.C. 534. Depending on the nature of your application, supplemental authorities include Federal statutes, State statutes pursuant to Pub. L. 92-544, Presidential Executive Orders, and federal regulations. Providing your fingerprints and associated information is voluntary; however, failure to do so may affect completion or approval of your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:ind w:left="270"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:ind w:left="270"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Principal Purpose</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: Certain determinations, such as employment, licensing, and security clearances, may be predicated on fingerprint-based background checks. Your fingerprints and associated information/biometrics may be provided to the employing, investigating, or otherwise responsible agency, and/or the FBI for the purpose of comparing your fingerprints to other fingerprints in the FBI’s Next Generation Identification (NGI) system or its successor systems (including civil, criminal, and latent fingerprint repositories) or other available records of the employing, investigating, or otherwise responsible agency. The FBI may retain your fingerprints and associated information/biometrics in NGI after the completion of this application and, while retained, your fingerprints may continue to be compared against other fingerprints submitted to or retained by NGI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:ind w:left="270"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:ind w:left="270"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Routine Uses</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: During the processing of this application and for as long thereafter as your fingerprints and associated information/biometrics are retained in NGI, your information may be disclosed pursuant to your consent, and may be disclosed without your consent as permitted by the Privacy Act of 1974 and all applicable Routine Uses as may be published at any time in the Federal Register, including the Routine Uses for the NGI system and the FBI’s Blanket Routine Uses. Routine uses include, but are not limited to, disclosures to: employing, governmental or authorized non-governmental agencies responsible for employment, contracting, licensing, security clearances, and other suitability determinations; local, state, tribal, or federal law enforcement agencies; criminal justice agencies; and agencies responsible for national security or public safety.  (This privacy act statement is located on the back of the FD-258 fingerprint card. As of 03/03/2018.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="260" w:right="235"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:firstLine="260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Required Notification:  Noncriminal Justice Applicant’s Privacy Rights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r>
+        <w:t>As an applicant who is the subject of a national fingerprint-based criminal history record check for a noncriminal justice purpose (such as an application for employment or a license, an immigration or naturalization matter, security clearance, or adoption), you have certain rights which are discussed below. All notices must be provided to you in writing.  These obligations are pursuant to the Privacy Act of 1974, Title 5, United States Code (U.S.C.) Section 552a, and Title 28 Code of Federal Regulations (CFR), 50.12, among other authorities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must be provided an adequate written FBI Privacy Act Statement (dated 2013 or later) when you submit your fingerprints and associated personal information. This Privacy Act Statement must explain the authority for collecting your fingerprints and associated information and whether your fingerprints and associated information will be searched, shared, or retained. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>You must be advised in writing of the procedures for obtaining a change, correction, or update of your FBI criminal history record as set forth at 28 CFR 16.34.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>You must be provided the opportunity to complete or challenge the accuracy of the information in your FBI criminal history record (if you have such a record).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If you have a criminal history record, you should be afforded a reasonable amount of time to correct or complete the record (or decline to do so) before the officials deny you the employment, license, or other benefit based on information in the FBI criminal history record.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If agency policy permits, the officials may provide you with a copy of your FBI criminal history record for review and possible challenge. If agency policy does not permit it to provide you a copy of the record, you may obtain a copy of the record by submitting fingerprints and a fee to the FBI. Information regarding this process may be obtained at https://www.fbi.gov/services/cjis/identity-history-summary-checks and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>https://www.edo.cjis.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If you decide to challenge the accuracy or completeness of your FBI criminal history record, you should send your challenge to the agency that contributed the questioned information to the FBI. Alternatively, you may send your challenge directly to the FBI by submitting a request via https://www.edo.cjis.gov. The FBI will then forward your challenge to the agency that contributed the questioned information and request the agency to verify or correct the challenged entry. Upon receipt of an official communication from that agency, the FBI will make any necessary changes/corrections to your record in accordance with the information supplied by that agency. (See 28 CFR 16.30 through 16.34.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>You have the right to expect that officials receiving the results of the criminal history record check will use it only for authorized purposes and will not retain or disseminate it in violation of federal statute, regulation or executive order, or rule, procedure or standard established by the National Crime Prevention and Privacy Compact Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I acknowledge receipt of the FBI Privacy Act Statement and Noncriminal Justice Applicant’s Privacy Rights.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:sectPr w:rsidR="008B6122">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Signature: _______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Date: ___</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:firstLine="260"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_heading=h.d5sh9haqik7e" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="810000"/>
+        </w:rPr>
+        <w:t>Required Security and Privacy Training for MLDS Center Staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="255"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rules of Security Behavior </w:t>
+      </w:r>
+      <w:r>
+        <w:t>require staff members to agree to complete all required security training within 10 business days of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
-        <w:ind w:right="234"/>
-[...195 lines deleted...]
-    <w:p w14:paraId="3B6C57D5" w14:textId="77777777" w:rsidR="00E46572" w:rsidRDefault="0052263D">
+        <w:spacing w:before="196"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Being hired or starting a staff appointment; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
-        <w:spacing w:line="268" w:lineRule="auto"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="46725F78" w14:textId="77777777" w:rsidR="006C7385" w:rsidRDefault="00907342">
+        <w:spacing w:before="43"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The assignment of additional training requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:firstLine="260"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="AD0101"/>
+        </w:rPr>
+        <w:t>Classes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
-[...1529 lines deleted...]
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:before="37"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Security Awareness Training – the MLDS Center CIO will assign staff either:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCF1B8B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="38" w:line="273" w:lineRule="auto"/>
         <w:ind w:right="255" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Monthly security awareness training provided by the Maryland Department of Information Technology;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7760A053" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00E13228">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:ind w:left="2420"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="50F381AB" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="41" w:line="274" w:lineRule="auto"/>
         <w:ind w:right="439" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Defense </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
+      <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Cyber Awareness Challenge</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C25E28" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A2E0A0" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00000000">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="624" w:hanging="360"/>
       </w:pPr>
-      <w:sdt>
-[...7 lines deleted...]
-        <w:r w:rsidR="0052263D">
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidR="005D04C6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>FERPA 101</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0052263D">
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t xml:space="preserve">**– Staff will be required to create a login and password in order to take the course. The prompt for login will appear once you click on the course name.  Please select the FERPA 101 course - </w:t>
       </w:r>
-      <w:r w:rsidR="0052263D">
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t>For Colleges and Universities</w:t>
       </w:r>
-      <w:r w:rsidR="0052263D">
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="0052263D">
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t>For Local Education Agencies -</w:t>
       </w:r>
-      <w:r w:rsidR="0052263D">
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t xml:space="preserve"> that is most relevant to your area of work.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A902786" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="674931DE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="00B06A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="auto"/>
         <w:ind w:right="610" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink r:id="rId28">
-        <w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidR="005D04C6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>FERPA 201</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="005D04C6">
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t>** – Staff will be required to create a login and password in order to take the course. The prompt for login will appear once you click on the course name.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0B0AF4" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08B035C5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:ind w:right="1098" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional security and privacy training or information may be provided in writing or </w:t>
       </w:r>
-      <w:sdt>
-[...10 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1C1C"/>
         </w:rPr>
         <w:t xml:space="preserve"> presented at staff meetings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0B753F" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="319DD1F2" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E8C05A9" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CC1E895" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26045AD9" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="101DEB96" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66E3882C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41EBE00B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://public.cyber.mil/training/cyber-awareness-challenge/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10FEDA98" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://studentprivacy.ed.gov/content/online-training-modules</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C14AF78" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:sectPr w:rsidR="00A5431B">
+        <w:sectPr w:rsidR="008B6122">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688ADC96" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="323D4295" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73300AAB" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:firstLine="260"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_heading=h.ytlwrqxxzkxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Acknowledgement of Receipt and Review of Required Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="15163956" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10A24B6C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="260" w:right="255"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Each MLDS staff member is provided* with a copy of the following documents to ensure the staff member is fully aware of security, privacy and data use limitations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D342409" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B"/>
-    <w:p w14:paraId="145730C8" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:ind w:right="235"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Data Security and Safeguarding Plan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(DSSP).  The DSSP identifies required policies and procedures that govern all aspects of the security of the MLDS, including IT systems, user access, data governance, and staff conduct. Each staff member plays a critical role in the security of the system and therefore an understanding of the DSSP by each staff member is required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF73561" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79C7CA70" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data Sharing Agreements </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">with </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="00AE22CD" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>with partner agencies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Maryland State Department of Education;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3379CC8B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Maryland Department of Labor;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A8C191" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Maryland Higher Education Commission; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F16D18B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Motor Vehicle Administration</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="2971BF61" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>Motor Vehicle Administration;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Maryland Department of Juvenile Services; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC7A5B6" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Maryland Department of Human Services.</w:t>
       </w:r>
-      <w:sdt>
-[...10 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052CF6CF" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B"/>
-    <w:p w14:paraId="290525D0" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Memoranda of Understanding - MLDS Center and the University of Maryland, Baltimore (2021-2023);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45886265" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="260" w:right="255"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C33A19F" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="48A55D79" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AFFCA45" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5463"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="260" w:right="283"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_, staff of the MLDS Center, acknowledge that I have received and reviewed the above referenced documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FF6E58" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F38DF11" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13D25264" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06AF772F" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="147C0A0A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:ind w:left="333"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F72E484" wp14:editId="65B572F1">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="5854065" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="118" name="Group 118"/>
+                <wp:docPr id="135" name="Group 135"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5854065" cy="9525"/>
-                          <a:chOff x="2418968" y="3775238"/>
-                          <a:chExt cx="5848985" cy="5715"/>
+                          <a:chOff x="2418950" y="3775225"/>
+                          <a:chExt cx="5854100" cy="12200"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
-                        <wpg:cNvPr id="29" name="Group 29"/>
+                        <wpg:cNvPr id="21" name="Group 21"/>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
                             <a:off x="2418968" y="3775238"/>
-                            <a:ext cx="5848985" cy="5715"/>
-[...1 lines deleted...]
-                            <a:chExt cx="9211" cy="9"/>
+                            <a:ext cx="5854065" cy="9525"/>
+                            <a:chOff x="2418968" y="3775238"/>
+                            <a:chExt cx="5848985" cy="5715"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
-                          <wps:cNvPr id="30" name="Rectangle 30"/>
+                          <wps:cNvPr id="22" name="Rectangle 22"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="0" y="0"/>
-                              <a:ext cx="9200" cy="0"/>
+                              <a:off x="2418968" y="3775238"/>
+                              <a:ext cx="5848975" cy="5700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="5B56EA8F" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                                 <w:pPr>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
-                        <wps:wsp>
-[...2 lines deleted...]
-                          <wps:spPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="23" name="Group 23"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
                             <a:xfrm>
-                              <a:off x="7" y="7"/>
-                              <a:ext cx="9204" cy="2"/>
+                              <a:off x="2418968" y="3775238"/>
+                              <a:ext cx="5848985" cy="5715"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="9211" cy="9"/>
                             </a:xfrm>
-                            <a:custGeom>
-[...30 lines deleted...]
-                        </wps:wsp>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="24" name="Rectangle 24"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="9200" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+                                  <w:pPr>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="25" name="Freeform 25"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="7" y="7"/>
+                                <a:ext cx="9204" cy="2"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="9204" h="120000" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="9204" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...20 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:inline distB="0" distT="0" distL="0" distR="0">
+                <wp:extent cx="5854065" cy="9525"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:docPr id="135" name="image4.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image4.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5854065" cy="9525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7599CB71" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8900"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(Date)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281E9587" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="385B300A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00000000">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A5431B">
-          <w:footerReference w:type="default" r:id="rId31"/>
+        <w:sectPr w:rsidR="008B6122">
+          <w:footerReference w:type="default" r:id="rId24"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
-      <w:sdt>
-[...6 lines deleted...]
-      <w:r w:rsidR="0052263D">
+      <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7D078354" wp14:editId="2446306B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>812800</wp:posOffset>
+                  <wp:posOffset>808038</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>368300</wp:posOffset>
+                  <wp:posOffset>363538</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4629150" cy="600075"/>
+                <wp:extent cx="4638675" cy="609600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-                <wp:docPr id="111" name="Rectangle 111"/>
+                <wp:docPr id="141" name="Rectangle 141"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="3036188" y="3484725"/>
                           <a:ext cx="4619625" cy="590550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0889D522" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">*All referenced documents are posted to the MLDS Center Website. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>https://mldscenter.maryland.gov/internal/NewHiredocs.html</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2AC21F91" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...35 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>808038</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>363538</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4638675" cy="609600"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+                <wp:docPr id="141" name="image11.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image11.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4638675" cy="609600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4EBADD" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="706371D8" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32136933" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00265B7B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:ind w:firstLine="260"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_heading=h.d9ojl05ggmor" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Maryland Department of Labor - Confidentiality Certification Form (Appendix B)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2DB79B93" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77D82C44" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="260" w:right="321"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">I understand that I will or may be exposed to certain confidential information from records maintained by the </w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="3B27330D" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>I understand that I will or may be exposed to certain confidential information from records maintained by the Maryland Department of Labor, Division of Unemployment Insurance (Labor), which have been released to my employer pursuant to an Agreement and/or Memorandum of Understanding (“Agreement”). Such information, hereinafter referred to as “Confidential UI Data” may include, but is not limited to: names; addresses; social security numbers; wages; employment data; and unemployment insurance (“UI”) benefit information which are private and confidential and may not be disclosed to others.  I acknowledge and agree to abide by the following standards for the receipt and handling of Confidential UI Data:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:before="197" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="439" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">I shall not disclose my username (if applicable), password (if applicable), or any other information needed to access Confidential UI Data maintained by </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="69DE476C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>I shall not disclose my username (if applicable), password (if applicable), or any other information needed to access Confidential UI Data maintained by Labor to any party nor shall I give any other individual access to this information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="259" w:right="439" w:firstLine="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">If I should become aware that any other individual, other than an authorized employee, agent, contractor, or subcontractor of my employer, may have obtained or has obtained access to my username, password or other information needed to access records maintained by </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="0F66E1F0" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>If I should become aware that any other individual, other than an authorized employee, agent, contractor, or subcontractor of my employer, may have obtained or has obtained access to my username, password or other information needed to access records maintained by Labor, I shall immediately notify Labor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1030"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="259" w:right="712" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">I will not share with anyone any other information regarding access to Confidential UI Data records maintained by </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="78F676A5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>I will not share with anyone any other information regarding access to Confidential UI Data records maintained by Labor unless I am specifically authorized by Labor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
         <w:spacing w:before="194" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="259" w:right="889" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I will not request access to any social security numbers or wage data unless such access is necessary for the performance of my official duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22329C91" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
         <w:spacing w:before="194" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="259" w:right="321" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I will not disclose any Confidential UI Data to any parties who are not authorized to receive such information (including but not limited to relatives, friends, etc.) except in the form of reports containing only aggregate statistical information compiled in such a manner that it cannot be used to identify the individual(s) involved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAD2DA3" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="259" w:right="321" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">I shall </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>retain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Confidential UI Data only for that period of time necessary to perform my duties or to comply with the purposes set forth in the Agreement. Thereafter, I shall either arrange for the retention of such information consistent with federal record retention requirements or delete or destroy such data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BC7A37" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="259" w:right="543" w:firstLine="0"/>
-        <w:sectPr w:rsidR="00A5431B">
-          <w:footerReference w:type="default" r:id="rId32"/>
+        <w:sectPr w:rsidR="008B6122">
+          <w:footerReference w:type="default" r:id="rId25"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:pgNumType w:start="11"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I have either been trained in the proper use and handling of Confidential UI Data or I have received written standards and instructions in the handling of such data. I shall comply with all confidentiality safeguards contained in such training, written standards, or instructions, including but not limited to: a) protecting the confidentiality of my username and password; b) securing computer equipment, disks, and offices in which wage record data may be kept; and c) following procedures for the timely disposal, destruction or deletion of Confidential UI Data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A96C11" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A3AB16" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38E7157A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="453" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I understand that if I violate any of the confidentiality provisions set forth in the written standards, training, and/or instructions I have received, my user privileges may be immediately suspended or terminated. I further acknowledge that applicable state law may provide that any individual who discloses Confidential UI Data in violation of state law or regulation may be subject to a fine and/or a period of imprisonment and dismissal from public service. I have been instructed that if I should violate the provisions of the law, I may receive one or more of these penalties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142FC2CA" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:before="197" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="321" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Should I have any questions concerning the handling or disclosure of Confidential UI Data, I shall immediately notify </w:t>
-[...97 lines deleted...]
-    <w:p w14:paraId="1BF3A67B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+        <w:t>Should I have any questions concerning the handling or disclosure of Confidential UI Data, I shall immediately notify Labor and be guided by advice given by Labor regarding the handling of Confidential UI Data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3139"/>
           <w:tab w:val="left" w:pos="6427"/>
         </w:tabs>
         <w:spacing w:before="179"/>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Employee Name (printed):</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Employee Nam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12097">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e (printed): ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w14:paraId="6D468D27" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46A21484" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="00D12097" w:rsidRDefault="00D12097">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F9F5D3" w14:textId="77777777" w:rsidR="00265B7B" w:rsidRDefault="00265B7B">
+    <w:p w:rsidR="00D12097" w:rsidRDefault="00D12097">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00D12097" w:rsidRDefault="00D12097">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5A5892BE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Employee Signature:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13025CDE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CB15BF5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="004309D1">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_heading=h.vgtd4qwxohoq" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>User Access Form</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1B219F65" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRPr="004309D1" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="73ECB3EA" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRDefault="004309D1">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">User Profile </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="5ABF0A1F" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRDefault="00DF21CB">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Information Technology and Administrative Staff</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9895" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4225"/>
         <w:gridCol w:w="5670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF21CB" w14:paraId="7008B35B" w14:textId="77777777" w:rsidTr="00DF21CB">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5589B3" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w:rsidRDefault="00DF21CB">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="65906893" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="00760983" w:rsidRDefault="00DF21CB">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Reason for Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF21CB" w14:paraId="17566906" w14:textId="77777777" w:rsidTr="00DF21CB">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18D58FBD" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRDefault="00DF21CB">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="2"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53F80BDE" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w:rsidRDefault="00DF21CB">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="2"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEC250E" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w:rsidRDefault="00DF21CB">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="2"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6907C40C" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRDefault="00DF21CB" w:rsidP="008D7E4A">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="69F8FB64" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="00DF21CB" w:rsidRDefault="00DF21CB" w:rsidP="008D7E4A">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF21CB">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Researchers</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="9895" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4225"/>
         <w:gridCol w:w="5670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF21CB" w:rsidRPr="00760983" w14:paraId="4399206C" w14:textId="77777777" w:rsidTr="00DF21CB">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD10EE9" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w:rsidRDefault="00DF21CB" w:rsidP="00B33E67">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Affiliated Institution</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (and faculty supervisor if applicable)</w:t>
+              <w:t>Affiliated Institution (and faculty supervisor if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="6235C37B" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="00760983" w:rsidRDefault="00DF21CB" w:rsidP="00B33E67">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Role</w:t>
+              <w:t xml:space="preserve">Role </w:t>
             </w:r>
-            <w:r w:rsidR="005B3CE9">
-[...22 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:t>(Faculty, Staff, Student*, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w14:paraId="7F500D85" w14:textId="77777777" w:rsidTr="00DF21CB">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="647DA7CC" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRDefault="00DF21CB" w:rsidP="00666278">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="2"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="439B31C6" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w:rsidRDefault="00DF21CB" w:rsidP="00666278">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="2"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D14BA7" w14:textId="77777777" w:rsidR="00DF21CB" w:rsidRPr="008D7E4A" w:rsidRDefault="00DF21CB" w:rsidP="00666278">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:spacing w:before="2"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D23AEF0" w14:textId="77777777" w:rsidR="00760983" w:rsidRPr="000F07CF" w:rsidRDefault="008D6285" w:rsidP="008D7E4A">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:line="275" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F07CF">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w14:paraId="1CFAFE56" w14:textId="77777777" w:rsidR="008D6285" w:rsidRDefault="008D6285" w:rsidP="00B17F59">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*Students must also provide the name of their supervising faculty member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63FBF837" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="000F07CF" w:rsidRDefault="00B17F59" w:rsidP="000F07CF">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B17F59">
+      <w:r>
         <w:t xml:space="preserve">Please indicate the type of access you are requesting.  The final determination about the type of access will be made by the MLDS Center CIO.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="3510"/>
         <w:gridCol w:w="5760"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B17F59" w14:paraId="4A564956" w14:textId="77777777" w:rsidTr="006C76AF">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="546E410D" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="24C27F38" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Access Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="5497459C" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F59" w14:paraId="42D143F2" w14:textId="77777777" w:rsidTr="006C76AF">
-[...12 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="008B6122">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:id w:val="-2075425125"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="630" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w:rsidR="008B6122" w:rsidRDefault="00734BEB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51188EE6" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="000F07CF">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Technology Staff </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Information Technology Staff  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362EF748" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00043138">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Assigned by CIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F59" w14:paraId="590BC1AC" w14:textId="77777777" w:rsidTr="006C76AF">
-[...12 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="008B6122">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:id w:val="1173214737"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="630" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w:rsidR="008B6122" w:rsidRDefault="00285348">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3950138F" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00043138">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Administrative or Legal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="500B3562" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="006C76AF" w:rsidP="00043138">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>File access</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F59" w14:paraId="28859DC8" w14:textId="77777777" w:rsidTr="006C76AF">
-[...12 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="008B6122">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:id w:val="-1455472075"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="630" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w:rsidR="008B6122" w:rsidRDefault="00285348">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAC8763" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Researcher Full </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED2D015" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="006C76AF" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Access to ODS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F59" w14:paraId="55B1078D" w14:textId="77777777" w:rsidTr="006C76AF">
-[...12 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="008B6122">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:id w:val="912355115"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="630" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w:rsidR="008B6122" w:rsidRDefault="00285348">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB48AF3" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Researcher Partial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B437375" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="006C76AF" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Access to designated ODS tables</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F59" w14:paraId="473E0C20" w14:textId="77777777" w:rsidTr="006C76AF">
-[...12 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="008B6122">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:id w:val="791027293"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="630" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w:rsidR="008B6122" w:rsidRDefault="00285348">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="340F6E48" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="00B17F59" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Researcher Restricted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F067EDF" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRPr="006C76AF" w:rsidRDefault="006C76AF" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Access to an analytic data set developed by MLDS Center data Analyst</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C76AF" w14:paraId="69472DF2" w14:textId="77777777" w:rsidTr="006C76AF">
-[...12 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="008B6122">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:id w:val="712546734"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="630" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w:rsidR="008B6122" w:rsidRDefault="00285348">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E10C2E" w14:textId="77777777" w:rsidR="006C76AF" w:rsidRPr="006C76AF" w:rsidRDefault="006C76AF" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">View Only </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149D154F" w14:textId="77777777" w:rsidR="006C76AF" w:rsidRPr="006C76AF" w:rsidRDefault="006C76AF" w:rsidP="00B17F59">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C76AF">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>No system access, but allowed to view pre-suppressed materials through a screen share</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6ABA8A3B" w14:textId="77777777" w:rsidR="00265B7B" w:rsidRDefault="00265B7B" w:rsidP="00043138">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1155FA2A" w14:textId="77777777" w:rsidR="00265B7B" w:rsidRDefault="00265B7B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6AD2FC" w14:textId="77777777" w:rsidR="00B17F59" w:rsidRDefault="00B17F59" w:rsidP="00043138">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F2CCA16" w14:textId="77777777" w:rsidR="004309D1" w:rsidRPr="004309D1" w:rsidRDefault="004309D1" w:rsidP="00043138">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Connection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5451A534" w14:textId="77777777" w:rsidR="006C76AF" w:rsidRPr="004309D1" w:rsidRDefault="006C76AF" w:rsidP="00043138">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="5B3B955B" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRPr="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00C7316E">
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Please list each computer and network that you will use to connect to the MLDS (provide one line for each computer and network below.  You may only use the computer(s) and network(s) indicated on this form. An exception may only be granted by the MLDS Center CIO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a6"/>
         <w:tblW w:w="9895" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4135"/>
         <w:gridCol w:w="5760"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004309D1" w14:paraId="47F4AF3D" w14:textId="77777777" w:rsidTr="004309D1">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="17DD9941" w14:textId="77777777" w:rsidR="004309D1" w:rsidRPr="00C7316E" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004309D1">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>(Personal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...20 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(Personal or Work – indicate name institution)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4D1A3F" w14:textId="77777777" w:rsidR="004309D1" w:rsidRPr="00C7316E" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>I confirm that the computer c</w:t>
-[...20 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>I confirm that the computer complies with anti-virus requirements (sign below)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004309D1" w14:paraId="1239CA22" w14:textId="77777777" w:rsidTr="004309D1">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F39486" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B959897" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650BD6BC" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004309D1" w14:paraId="2F8AD1CB" w14:textId="77777777" w:rsidTr="004309D1">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0C3A0A" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="461B7A9B" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="273B7882" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B9F25EB" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00C7316E">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="237EAC06" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRPr="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00C7316E">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a7"/>
         <w:tblW w:w="9895" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5035"/>
         <w:gridCol w:w="4860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C7316E" w14:paraId="567F31B0" w14:textId="77777777" w:rsidTr="004309D1">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9A1B33" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRPr="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00C7316E">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004309D1">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Network </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C7316E">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>provider (name of home ISP or work)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="2C125622" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRPr="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C7316E">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>I confirm that the network is encrypted and password protected (</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">I confirm that the network is encrypted and password protected (sign below) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7316E" w14:paraId="25BF3115" w14:textId="77777777" w:rsidTr="00C7316E">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A216E2" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00F578E3">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D54D629" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00F578E3">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA8B89D" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00F578E3">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7316E" w14:paraId="3BFC5F33" w14:textId="77777777" w:rsidTr="00C7316E">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CAC87F" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00F578E3">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="287A901F" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00F578E3">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00F7C2E4" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00F578E3">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BDCEE1C" w14:textId="77777777" w:rsidR="00C7316E" w:rsidRDefault="00C7316E" w:rsidP="00C7316E">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45A79185" w14:textId="77777777" w:rsidR="00043138" w:rsidRDefault="00043138" w:rsidP="00043138">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:sectPr w:rsidR="00A5431B">
+        <w:sectPr w:rsidR="008B6122">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B827798" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="004309D1">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Requested Access Duration</w:t>
-[...2 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>Requested Access Duration*</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="9850" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4925"/>
         <w:gridCol w:w="4925"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004309D1" w14:paraId="08A67F4A" w14:textId="77777777" w:rsidTr="004309D1">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4925" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="0732F7A3" w14:textId="77777777" w:rsidR="004309D1" w:rsidRPr="004309D1" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="56"/>
               <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004309D1">
+            <w:r>
               <w:t>Begin Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4925" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B9B7"/>
           </w:tcPr>
-          <w:p w14:paraId="4952CD9B" w14:textId="77777777" w:rsidR="004309D1" w:rsidRPr="004309D1" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="56"/>
               <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004309D1">
+            <w:r>
               <w:t>End Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004309D1" w14:paraId="5BDFB7D4" w14:textId="77777777" w:rsidTr="004309D1">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766DF466" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="56"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7345E7EF" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="56"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="309C3189" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004309D1">
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>*MLDS Center will make the final determination on when system access may begin and when it will end.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73250F5C" w14:textId="77777777" w:rsidR="004309D1" w:rsidRDefault="004309D1" w:rsidP="004309D1">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="6320D506" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D994009" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B3A98F2" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="56"/>
         <w:ind w:left="260" w:right="255"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">I understand that I must remain in compliance with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Rules of Security Behavior </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>and training and requirements and may only access the MLDS as indicated above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120A698A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="347F7CB8" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19E0716B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="526BCFCA" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6732"/>
         </w:tabs>
         <w:ind w:left="253"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33BC38F0" wp14:editId="56E10E47">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="3627120" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="130" name="Group 130"/>
+                <wp:docPr id="137" name="Group 137"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3627120" cy="9525"/>
-                          <a:chOff x="3532440" y="3775238"/>
-                          <a:chExt cx="3622675" cy="5715"/>
+                          <a:chOff x="3532425" y="3775225"/>
+                          <a:chExt cx="3627150" cy="12200"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
-                        <wpg:cNvPr id="61" name="Group 61"/>
+                        <wpg:cNvPr id="26" name="Group 26"/>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
                             <a:off x="3532440" y="3775238"/>
-                            <a:ext cx="3622675" cy="5715"/>
-[...1 lines deleted...]
-                            <a:chExt cx="5705" cy="9"/>
+                            <a:ext cx="3627120" cy="9525"/>
+                            <a:chOff x="3532440" y="3775238"/>
+                            <a:chExt cx="3622675" cy="5715"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
-                          <wps:cNvPr id="62" name="Rectangle 62"/>
+                          <wps:cNvPr id="27" name="Rectangle 27"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="0" y="0"/>
-                              <a:ext cx="5700" cy="0"/>
+                              <a:off x="3532440" y="3775238"/>
+                              <a:ext cx="3622675" cy="5700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="1ADF0CAF" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                                 <w:pPr>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
-                        <wps:wsp>
-[...2 lines deleted...]
-                          <wps:spPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="28" name="Group 28"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
                             <a:xfrm>
-                              <a:off x="7" y="7"/>
-                              <a:ext cx="5698" cy="2"/>
+                              <a:off x="3532440" y="3775238"/>
+                              <a:ext cx="3622675" cy="5715"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="5705" cy="9"/>
                             </a:xfrm>
-                            <a:custGeom>
-[...30 lines deleted...]
-                        </wps:wsp>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="29" name="Rectangle 29"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5700" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+                                  <w:pPr>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="30" name="Freeform 30"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="7" y="7"/>
+                                <a:ext cx="5698" cy="2"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="5698" h="120000" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="5697" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...20 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:inline distB="0" distT="0" distL="0" distR="0">
+                <wp:extent cx="3627120" cy="9525"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:docPr id="137" name="image6.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image6.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3627120" cy="9525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12ED9163" wp14:editId="3EEF4367">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1819910" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="131" name="Group 131"/>
+                <wp:docPr id="136" name="Group 136"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1819910" cy="9525"/>
-                          <a:chOff x="4436045" y="3775238"/>
-                          <a:chExt cx="1815465" cy="5715"/>
+                          <a:chOff x="4436025" y="3775225"/>
+                          <a:chExt cx="1819925" cy="12200"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
-                        <wpg:cNvPr id="64" name="Group 64"/>
+                        <wpg:cNvPr id="31" name="Group 31"/>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
                             <a:off x="4436045" y="3775238"/>
-                            <a:ext cx="1815465" cy="5715"/>
-[...1 lines deleted...]
-                            <a:chExt cx="2859" cy="9"/>
+                            <a:ext cx="1819910" cy="9525"/>
+                            <a:chOff x="4436045" y="3775238"/>
+                            <a:chExt cx="1815465" cy="5715"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
-                          <wps:cNvPr id="65" name="Rectangle 65"/>
+                          <wps:cNvPr id="32" name="Rectangle 32"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="0" y="0"/>
-                              <a:ext cx="2850" cy="0"/>
+                              <a:off x="4436045" y="3775238"/>
+                              <a:ext cx="1815450" cy="5700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="782F4B76" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                                 <w:pPr>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
-                        <wps:wsp>
-[...2 lines deleted...]
-                          <wps:spPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="33" name="Group 33"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
                             <a:xfrm>
-                              <a:off x="7" y="7"/>
-                              <a:ext cx="2852" cy="2"/>
+                              <a:off x="4436045" y="3775238"/>
+                              <a:ext cx="1815465" cy="5715"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="2859" cy="9"/>
                             </a:xfrm>
-                            <a:custGeom>
-[...30 lines deleted...]
-                        </wps:wsp>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="34" name="Rectangle 34"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2850" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+                                  <w:pPr>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="35" name="Freeform 35"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="7" y="7"/>
+                                <a:ext cx="2852" cy="2"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="2852" h="120000" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="2851" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...20 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:inline distB="0" distT="0" distL="0" distR="0">
+                <wp:extent cx="1819910" cy="9525"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:docPr id="136" name="image5.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image5.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1819910" cy="9525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0F61E3" w14:textId="77777777" w:rsidR="006C76AF" w:rsidRDefault="0052263D" w:rsidP="006C76AF">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7908"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:left="1949"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:sectPr w:rsidR="006C76AF">
+        <w:sectPr w:rsidR="008B6122">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="760" w:right="1200" w:bottom="280" w:left="1180" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Requester’s Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222AEB5A" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6393A3C6" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31FED918" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:ind w:firstLine="260"/>
         <w:rPr>
           <w:b w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_heading=h.oqpprqwojdmj" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="810000"/>
         </w:rPr>
         <w:t>Authorization</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="18DB325B" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C278F39" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Administrative Review </w:t>
       </w:r>
       <w:r>
         <w:t>- The Requester has completed all of the following requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AE4019" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00531853">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Rules of Security Behavior</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDDB003" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00531853">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Acknowledgement of Receipt and Review of Required Documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B62E04" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
         <w:spacing w:before="39"/>
         <w:ind w:right="624"/>
       </w:pPr>
-      <w:r w:rsidRPr="00531853">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The Requester has had a Criminal History Background Check and does not have a history that would prohibit him/her from obtaining system access.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521041DE" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D" w:rsidP="00531853">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="981"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00531853">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The Requester has completed all required security training.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BBC993" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4330E3C5" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:ind w:left="980"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459ECE77" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6732"/>
         </w:tabs>
         <w:ind w:left="253"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78637329" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7908"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:left="1700"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Executive Associate                                               </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="03E77638" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+        <w:t>Executive Associate                                               Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61AEE45C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:ind w:right="543" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Supervisor Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>- The stated business needs are accurate and the requested access duration is necessary for the requester to carry out the assigned duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D7B8919" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5747383B" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:ind w:left="980"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62451975" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6732"/>
         </w:tabs>
         <w:ind w:left="253"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FEE782C" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7908"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              </w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="65DAC5C3" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00A5431B">
+        <w:t xml:space="preserve">                              Supervisor or Branch Director                                     Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14E1C28D" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="0052263D">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:ind w:right="624" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">System Administrator Access Determination </w:t>
       </w:r>
-      <w:r w:rsidR="00531853">
-[...29 lines deleted...]
-    <w:p w14:paraId="33F1669A" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+      <w:r>
+        <w:t>– List all of the functional user groups and access privilege necessary for this user.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="621"/>
         </w:tabs>
         <w:ind w:left="620" w:right="624"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="9230" w:type="dxa"/>
         <w:tblInd w:w="620" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00531853" w14:paraId="342F9900" w14:textId="77777777" w:rsidTr="00531853">
+      <w:tr w:rsidR="008B6122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF9F172" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="621"/>
               </w:tabs>
               <w:ind w:right="624"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65B07189" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="621"/>
               </w:tabs>
               <w:ind w:right="624"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D008DC7" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="621"/>
               </w:tabs>
               <w:ind w:right="624"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="594BF28B" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="621"/>
               </w:tabs>
               <w:ind w:right="624"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51A4A3E0" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+          <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="621"/>
               </w:tabs>
               <w:ind w:right="624"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="210D5990" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4778"/>
           <w:tab w:val="left" w:pos="7260"/>
         </w:tabs>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1831A482" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4778"/>
           <w:tab w:val="left" w:pos="7260"/>
         </w:tabs>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Assigned Access Duration:    </w:t>
       </w:r>
       <w:r>
@@ -9704,1583 +8925,2568 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4380D5BC" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5506"/>
         </w:tabs>
         <w:spacing w:line="159" w:lineRule="auto"/>
         <w:ind w:left="3200"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">           Beginning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       Ending</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40946437" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17D5606F" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FE13C9E" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="259" w:right="255" w:firstLine="50"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The assigned user groups and access privileges and the access duration represent the least privileged access necessary for this user to complete the business needs stated above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDF5F61" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A5AC7F5" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:ind w:left="980"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B5D2EE" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7908"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>System Administrator                                                   Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3569AE88" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853"/>
-    <w:p w14:paraId="3259687B" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B09FEB1" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:ind w:left="260"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Final Approval</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397C9522" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="259" w:right="519"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Since this applicant has met all of the requirements laid out in this document, is a researcher or information technology expert or technician, and is necessary to carry out the mission of the Center, I authorize the applicant to be staff of the Center and to have access to the system as approved by the System Administrator.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B72021B" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="259" w:right="519"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FC7ADF5" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A697C6E" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6732"/>
         </w:tabs>
         <w:ind w:left="252"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BF9A859" wp14:editId="33BC47AF">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="3627120" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="115" name="Group 115"/>
+                <wp:docPr id="139" name="Group 139"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3627120" cy="9525"/>
-                          <a:chOff x="3532440" y="3775238"/>
-                          <a:chExt cx="3622675" cy="5715"/>
+                          <a:chOff x="3532425" y="3775225"/>
+                          <a:chExt cx="3627150" cy="12200"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
-                        <wpg:cNvPr id="85" name="Group 85"/>
+                        <wpg:cNvPr id="36" name="Group 36"/>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
                             <a:off x="3532440" y="3775238"/>
-                            <a:ext cx="3622675" cy="5715"/>
-[...1 lines deleted...]
-                            <a:chExt cx="5705" cy="9"/>
+                            <a:ext cx="3627120" cy="9525"/>
+                            <a:chOff x="3532440" y="3775238"/>
+                            <a:chExt cx="3622675" cy="5715"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
-                          <wps:cNvPr id="86" name="Rectangle 86"/>
+                          <wps:cNvPr id="37" name="Rectangle 37"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="0" y="0"/>
-                              <a:ext cx="5700" cy="0"/>
+                              <a:off x="3532440" y="3775238"/>
+                              <a:ext cx="3622675" cy="5700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="3E068D6D" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                                 <w:pPr>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
-                        <wps:wsp>
-[...2 lines deleted...]
-                          <wps:spPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="39" name="Group 39"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
                             <a:xfrm>
-                              <a:off x="7" y="7"/>
-                              <a:ext cx="5698" cy="2"/>
+                              <a:off x="3532440" y="3775238"/>
+                              <a:ext cx="3622675" cy="5715"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="5705" cy="9"/>
                             </a:xfrm>
-                            <a:custGeom>
-[...30 lines deleted...]
-                        </wps:wsp>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="40" name="Rectangle 40"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5700" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+                                  <w:pPr>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="41" name="Freeform 41"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="7" y="7"/>
+                                <a:ext cx="5698" cy="2"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="5698" h="120000" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="5697" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...20 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:inline distB="0" distT="0" distL="0" distR="0">
+                <wp:extent cx="3627120" cy="9525"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:docPr id="139" name="image8.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image8.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3627120" cy="9525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5916C709" wp14:editId="59DE8287">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1819910" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="113" name="Group 113"/>
+                <wp:docPr id="138" name="Group 138"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1819910" cy="9525"/>
-                          <a:chOff x="4436045" y="3775238"/>
-                          <a:chExt cx="1815465" cy="5715"/>
+                          <a:chOff x="4436025" y="3775225"/>
+                          <a:chExt cx="1819925" cy="12200"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
-                        <wpg:cNvPr id="88" name="Group 88"/>
+                        <wpg:cNvPr id="42" name="Group 42"/>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
                             <a:off x="4436045" y="3775238"/>
-                            <a:ext cx="1815465" cy="5715"/>
-[...1 lines deleted...]
-                            <a:chExt cx="2859" cy="9"/>
+                            <a:ext cx="1819910" cy="9525"/>
+                            <a:chOff x="4436045" y="3775238"/>
+                            <a:chExt cx="1815465" cy="5715"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
-                          <wps:cNvPr id="89" name="Rectangle 89"/>
+                          <wps:cNvPr id="43" name="Rectangle 43"/>
                           <wps:cNvSpPr/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="0" y="0"/>
-                              <a:ext cx="2850" cy="0"/>
+                              <a:off x="4436045" y="3775238"/>
+                              <a:ext cx="1815450" cy="5700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="0653FDD6" w14:textId="77777777" w:rsidR="00531853" w:rsidRDefault="00531853" w:rsidP="00531853">
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                                 <w:pPr>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
-                        <wps:wsp>
-[...2 lines deleted...]
-                          <wps:spPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="45" name="Group 45"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
                             <a:xfrm>
-                              <a:off x="7" y="7"/>
-                              <a:ext cx="2852" cy="2"/>
+                              <a:off x="4436045" y="3775238"/>
+                              <a:ext cx="1815465" cy="5715"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="2859" cy="9"/>
                             </a:xfrm>
-                            <a:custGeom>
-[...30 lines deleted...]
-                        </wps:wsp>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="46" name="Rectangle 46"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2850" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+                                  <w:pPr>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="47" name="Freeform 47"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="7" y="7"/>
+                                <a:ext cx="2852" cy="2"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst/>
+                                <a:ahLst/>
+                                <a:cxnLst/>
+                                <a:rect l="l" t="t" r="r" b="b"/>
+                                <a:pathLst>
+                                  <a:path w="2852" h="120000" extrusionOk="0">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="0"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="2851" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:noFill/>
+                              <a:ln w="9525" cap="flat" cmpd="sng">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:round/>
+                                <a:headEnd type="none" w="sm" len="sm"/>
+                                <a:tailEnd type="none" w="sm" len="sm"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...20 lines deleted...]
-            </w:pict>
+          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+            <w:drawing>
+              <wp:inline distB="0" distT="0" distL="0" distR="0">
+                <wp:extent cx="1819910" cy="9525"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:docPr id="138" name="image7.png"/>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="image7.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1819910" cy="9525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD73512" w14:textId="77777777" w:rsidR="00A5431B" w:rsidRDefault="00531853" w:rsidP="00531853">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7908"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:left="1699"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Executive Director</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A5431B">
+    <w:sectPr w:rsidR="008B6122">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1200" w:right="1200" w:bottom="1320" w:left="1180" w:header="676" w:footer="1123" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49EE3A5A" w14:textId="77777777" w:rsidR="00B32C77" w:rsidRDefault="00B32C77">
+    <w:p w:rsidR="00B06A26" w:rsidRDefault="00B06A26">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E4BAD58" w14:textId="77777777" w:rsidR="00B32C77" w:rsidRDefault="00B32C77">
+    <w:p w:rsidR="00B06A26" w:rsidRDefault="00B06A26">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{A9402AA4-542D-45F5-A7FD-A05F338EE24B}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{C67FAA17-0EB6-4BE3-9E67-60657F701A3E}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{C8EDD5A0-4FF9-4FE4-9C4D-E2A53CCF5DB6}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{0D5BDFFD-423F-48AF-B938-90FA9C8EFF63}"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{30B4C706-39AD-4E2C-A98D-98D11DBE543A}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{21F5AA10-3844-4B9A-AE4D-BFEEA8FF1E92}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{1D340668-205A-4FF4-A047-6B176EE7AC6F}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{1853A430-4A17-4915-8A0F-F4063578F598}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{86C64D16-8DC4-4CC4-A479-7687658AF8B2}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedItalic r:id="rId10" w:fontKey="{D2639A69-0D39-4442-8A49-70D50128EFAB}"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:subsetted="1" w:fontKey="{C7A19195-2D4A-4430-A5BE-A92A4CDBE812}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="52833C93" w14:textId="77777777" w:rsidR="00BF5B5C" w:rsidRDefault="00BF5B5C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
-  </w:p>
-[...33 lines deleted...]
-    <w:sdtEndPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00734BEB">
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="000000"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...30 lines deleted...]
-  <w:p w14:paraId="27147CE6" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+      <w:t>7</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-    <w:sdtEndPr>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00734BEB">
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="000000"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...30 lines deleted...]
-  <w:p w14:paraId="56FD977A" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+      <w:t>10</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-    <w:sdtEndPr>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00734BEB">
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="000000"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...30 lines deleted...]
-  <w:p w14:paraId="56488C95" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+      <w:t>16</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12298A8E" w14:textId="77777777" w:rsidR="00B32C77" w:rsidRDefault="00B32C77">
+    <w:p w:rsidR="00B06A26" w:rsidRDefault="00B06A26">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="688FB94C" w14:textId="77777777" w:rsidR="00B32C77" w:rsidRDefault="00B32C77">
+    <w:p w:rsidR="00B06A26" w:rsidRDefault="00B06A26">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="6DF55963" w14:textId="77777777" w:rsidR="00DA0934" w:rsidRPr="00DA0934" w:rsidRDefault="00DA0934">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA0934">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...44 lines deleted...]
-        <w:r w:rsidRPr="00DA0934">
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>If the name you provide is different from the name on your Driver's License or other official identification card, please note that you will be required to provide that name when completing your criminal history background investigation.  If your name is different, please email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:highlight w:val="white"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>ross.goldstein@maryland.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DA0934">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t> to notify him of the fact that the name that will appear on the criminal history background investigation report is different from the name on this form.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="78732445" w14:textId="77777777" w:rsidR="007305A7" w:rsidRDefault="007305A7" w:rsidP="000724C8">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> Personally identifiable information includes an individual’s name, Social Security number, driver's license number, state identification number, or other individual identification number</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t> Personally identifiable information includes an individual’s name, Social Security number, driver's license number, state identification number, or other individual identification number such as a passport number, an Individual Taxpayer ID, or a financial or other account number.  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> such as </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t> De-identified individual records are individual student or worker records that have been stripped of personally identifiable information.  This includes all records in the MLDS operational data store.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>a passport number, an Individual Taxpayer ID, or a financial or other account number.  </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+  <w:footnote w:id="4">
+    <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> De-identified individual records are individual student or worker records that have been stripped of personally identifiable information.  This includes all records in the MLDS operational data store.  </w:t>
-[...11 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Unless otherwise instructed, information approved for release from the system will be sent to the staff member by the Executive Director, or the director’s designee.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...30 lines deleted...]
-  <w:p w14:paraId="610F331B" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0BF72721" wp14:editId="23A4D7A9">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>4170045</wp:posOffset>
+                <wp:posOffset>4165283</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>530225</wp:posOffset>
+                <wp:posOffset>525463</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2582545" cy="175260"/>
+              <wp:extent cx="2592070" cy="184785"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="126" name="Rectangle 126"/>
+              <wp:docPr id="134" name="Rectangle 134"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
-                        <a:off x="0" y="0"/>
+                        <a:off x="4054728" y="3692370"/>
                         <a:ext cx="2582545" cy="175260"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="20D8140D" w14:textId="558D3468" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                        <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
                           <w:pPr>
                             <w:spacing w:line="245" w:lineRule="auto"/>
-                            <w:ind w:left="20" w:firstLine="20"/>
+                            <w:ind w:left="20" w:firstLine="40"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>Staff Authorization and Access</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:tab/>
                             <w:t xml:space="preserve">  </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:i/>
                               <w:color w:val="000000"/>
                             </w:rPr>
-                            <w:t>Version</w:t>
-[...21 lines deleted...]
-                            <w:t>.0</w:t>
+                            <w:t>Version 8.0</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...60 lines deleted...]
-          </w:pict>
+        <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4165283</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>525463</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2592070" cy="184785"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="134" name="image3.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image3.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2592070" cy="184785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="05F22A7E" wp14:editId="3654CAD0">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>828675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>428625</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6151880" cy="344170"/>
-              <wp:effectExtent l="0" t="0" r="1270" b="17780"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="112" name="Group 112"/>
+              <wp:docPr id="132" name="Group 132"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6151880" cy="344170"/>
-                        <a:chOff x="2296095" y="3607915"/>
-                        <a:chExt cx="6151880" cy="333375"/>
+                        <a:chOff x="2270050" y="3607900"/>
+                        <a:chExt cx="6151900" cy="354625"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <wpg:grpSp>
-                      <wpg:cNvPr id="14" name="Group 14"/>
+                      <wpg:cNvPr id="15" name="Group 15"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
-                          <a:off x="2296095" y="3607915"/>
-[...2 lines deleted...]
-                          <a:chExt cx="9688" cy="525"/>
+                          <a:off x="2270060" y="3607915"/>
+                          <a:ext cx="6151880" cy="344170"/>
+                          <a:chOff x="2296095" y="3607915"/>
+                          <a:chExt cx="6151880" cy="333375"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="15" name="Rectangle 15"/>
+                        <wps:cNvPr id="16" name="Rectangle 16"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1348" y="676"/>
-                            <a:ext cx="9650" cy="525"/>
+                            <a:off x="2296095" y="3607915"/>
+                            <a:ext cx="6151875" cy="333375"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5D4A8096" w14:textId="77777777" w:rsidR="0052263D" w:rsidRDefault="0052263D">
+                            <w:p w:rsidR="008B6122" w:rsidRDefault="008B6122">
                               <w:pPr>
                                 <w:textDirection w:val="btLr"/>
                               </w:pPr>
-                              <w:r>
-[...1 lines deleted...]
-                              </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
-                      <wps:wsp>
-[...2 lines deleted...]
-                        <wps:spPr>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="17" name="Group 17"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
                           <a:xfrm>
-                            <a:off x="1310" y="1195"/>
-                            <a:ext cx="9605" cy="2"/>
+                            <a:off x="2296095" y="3607915"/>
+                            <a:ext cx="6151880" cy="333375"/>
+                            <a:chOff x="1310" y="676"/>
+                            <a:chExt cx="9688" cy="525"/>
                           </a:xfrm>
-                          <a:custGeom>
-[...70 lines deleted...]
-                      </wps:wsp>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvPr id="18" name="Rectangle 18"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="1348" y="676"/>
+                              <a:ext cx="9650" cy="525"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w:rsidR="008B6122" w:rsidRDefault="005D04C6">
+                                <w:pPr>
+                                  <w:textDirection w:val="btLr"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="000000"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> </w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="19" name="Freeform 19"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="1310" y="1195"/>
+                              <a:ext cx="9605" cy="2"/>
+                            </a:xfrm>
+                            <a:custGeom>
+                              <a:avLst/>
+                              <a:gdLst/>
+                              <a:ahLst/>
+                              <a:cxnLst/>
+                              <a:rect l="l" t="t" r="r" b="b"/>
+                              <a:pathLst>
+                                <a:path w="9605" h="120000" extrusionOk="0">
+                                  <a:moveTo>
+                                    <a:pt x="0" y="0"/>
+                                  </a:moveTo>
+                                  <a:lnTo>
+                                    <a:pt x="9605" y="0"/>
+                                  </a:lnTo>
+                                </a:path>
+                              </a:pathLst>
+                            </a:custGeom>
+                            <a:noFill/>
+                            <a:ln w="28700" cap="flat" cmpd="sng">
+                              <a:solidFill>
+                                <a:srgbClr val="818181"/>
+                              </a:solidFill>
+                              <a:prstDash val="solid"/>
+                              <a:round/>
+                              <a:headEnd type="none" w="sm" len="sm"/>
+                              <a:tailEnd type="none" w="sm" len="sm"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="20" name="Freeform 20"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="9451" y="698"/>
+                              <a:ext cx="2" cy="476"/>
+                            </a:xfrm>
+                            <a:custGeom>
+                              <a:avLst/>
+                              <a:gdLst/>
+                              <a:ahLst/>
+                              <a:cxnLst/>
+                              <a:rect l="l" t="t" r="r" b="b"/>
+                              <a:pathLst>
+                                <a:path w="120000" h="476" extrusionOk="0">
+                                  <a:moveTo>
+                                    <a:pt x="0" y="0"/>
+                                  </a:moveTo>
+                                  <a:lnTo>
+                                    <a:pt x="0" y="476"/>
+                                  </a:lnTo>
+                                </a:path>
+                              </a:pathLst>
+                            </a:custGeom>
+                            <a:noFill/>
+                            <a:ln w="28700" cap="flat" cmpd="sng">
+                              <a:solidFill>
+                                <a:srgbClr val="818181"/>
+                              </a:solidFill>
+                              <a:prstDash val="solid"/>
+                              <a:round/>
+                              <a:headEnd type="none" w="sm" len="sm"/>
+                              <a:tailEnd type="none" w="sm" len="sm"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </wpg:grpSp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-              </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...26 lines deleted...]
-          </w:pict>
+        <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>828675</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>428625</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6151880" cy="344170"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="132" name="image1.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image1.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6151880" cy="344170"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="069C3CDA"/>
+    <w:nsid w:val="006E3250"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7D7450D6"/>
+    <w:tmpl w:val="E38403F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="260" w:hanging="721"/>
+        <w:ind w:left="620" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1966" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2953" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3940" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4926" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5913" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6900" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7886" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="139615F6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4AC6FF50"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2606" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4420" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5326" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6233" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7140" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8046" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19494DE5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FA8C8DA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4031" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5197" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6362" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7528" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3052750D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="646CDCB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2606" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4420" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5326" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6233" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7140" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8046" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35F401BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C505AE6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C486860"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FCEEF980"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1220" w:hanging="721"/>
+        <w:ind w:left="1868" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2180" w:hanging="721"/>
+        <w:ind w:left="2756" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3140" w:hanging="721"/>
+        <w:ind w:left="3644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4100" w:hanging="721"/>
+        <w:ind w:left="4532" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5060" w:hanging="721"/>
+        <w:ind w:left="5420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6020" w:hanging="721"/>
+        <w:ind w:left="6308" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6980" w:hanging="721"/>
+        <w:ind w:left="7196" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7940" w:hanging="721"/>
+        <w:ind w:left="8084" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0813017D"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="418F4D0B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9496E766"/>
+    <w:tmpl w:val="EC088256"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47B774E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="01C89292"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="260" w:hanging="721"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1220" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2180" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3140" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4100" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5060" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6020" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6980" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7940" w:hanging="721"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48744323"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8F4617F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2756" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4532" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6308" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7196" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8084" w:hanging="361"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="611B263E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83780BEA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="979" w:hanging="392"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1867" w:hanging="394"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2755" w:hanging="394"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3643" w:hanging="393"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4531" w:hanging="394"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5419" w:hanging="394"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6307" w:hanging="392"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7195" w:hanging="394"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8084" w:hanging="394"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72C41F70"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76F287FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="908" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1803" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -11324,65 +11530,66 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6279" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7174" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1AA030FC"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E851496"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E63E6636"/>
+    <w:tmpl w:val="046A8E3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="980" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2607" w:hanging="360"/>
@@ -11421,1494 +11628,166 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6233" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8046" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...1258 lines deleted...]
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1673291236">
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="463081922">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1113673816">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1893928177">
-[...2 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="1900242549">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="26682317">
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1501391248">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="800734543">
-[...2 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="438720822">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="182745360">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A5431B"/>
-[...60 lines deleted...]
-    <w:rsid w:val="00FD4364"/>
+    <w:rsidRoot w:val="008B6122"/>
+    <w:rsid w:val="00285348"/>
+    <w:rsid w:val="005D04C6"/>
+    <w:rsid w:val="00734BEB"/>
+    <w:rsid w:val="008B6122"/>
+    <w:rsid w:val="00B06A26"/>
+    <w:rsid w:val="00D12097"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5AC19C10"/>
-  <w15:docId w15:val="{E9D6CDD2-7D8B-44D1-8BD4-ABEAD7B9D54F}"/>
+  <w14:docId w14:val="54DB2F45"/>
+  <w15:docId w15:val="{0D618804-6160-4692-98EB-0343A21FB4C8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13236,193 +12115,200 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="61"/>
       <w:ind w:left="260"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="260"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="139"/>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -13579,67 +12465,50 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001371FB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007852C4"/>
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...15 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
@@ -13735,94 +12604,145 @@
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A924F9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...30 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mldscenter.maryland.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.cyber.mil/training/cyber-awareness-challenge/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edo.cjis.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.cyber.mil/training/cyber-awareness-challenge/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jamese.Dixon-Bobbitt@maryland.gov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MLDS.Center@Maryland.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentprivacy.ed.gov/content/online-training-modules" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MLDS.Center@Maryland.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentprivacy.ed.gov/content/online-training-modules" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentprivacy.ed.gov/content/online-training-modules" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MLDS.Center@Maryland.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edo.cjis.gov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentprivacy.ed.gov/content/online-training-modules" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mldscenter.maryland.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Aiyana.GreenOdle@maryland.gov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentprivacy.ed.gov/content/online-training-modules" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentprivacy.ed.gov/content/online-training-modules" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.cyber.mil/training/cyber-awareness-challenge/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MLDS.Center@Maryland.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.cyber.mil/training/cyber-awareness-challenge/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ross.goldstein@maryland.gov" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14073,106 +12993,106 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhCyDHWhog7mVusLo4ldazaEeTNrA==">CgMxLjAyDmgueXRscDNyNTFucWVkMg5oLnZwcThwd2hrb3lsbjIOaC5ucTJoZmpmams1ZmEyDmgudGF3OWw1Y2hmMXdpMg5oLjl4d3NvZGxic3FtdzIOaC5jMm9jYzkyYmp2YWgyDmguZDVzaDloYXFpazdlMg5oLnl0bHdycXh4emt4czIOaC5kOW9qbDA1Z2dtb3IyDmgudmd0ZDRxd3hvaG9xMg5oLm9xcHBycXdvamRtajgAciExdzVLNEJXZEJrSmgtUXJHZ3hxcFg2R196NTJxTVBMY0k=</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6996CC4-7AF6-4C89-98DF-F775B678CE8E}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A138027D-D84B-4812-B57D-3EF95D7E6299}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>24270</Characters>
+  <Pages>17</Pages>
+  <Words>4248</Words>
+  <Characters>24215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>202</Lines>
+  <Lines>201</Lines>
   <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maryland State Department of Information Technology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28471</CharactersWithSpaces>
+  <CharactersWithSpaces>28407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nwalker</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2017-10-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2019-07-03T00:00:00Z</vt:filetime>
   </property>
 </Properties>